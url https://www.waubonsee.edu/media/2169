--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="34419891" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5386C313" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="519" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
         </w:rPr>
@@ -121,91 +122,125 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve">Day Trip/Outing Instructions and Planning Kit  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D1FDF4" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48084B2A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="00BD09A0">
       <w:pPr>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">One way to enrich the Lifelong Learning Institute experience is to develop courses with relevant Outings and Day Trips.  Over the years, our members have enjoyed many successful activities outside the classroom, thanks to the excellent research and outstanding advance planning by Day Trip/Outing Managers and their Assistants. We hope that you will find this Planning Kit useful in designing meaningful off-site experiences for our members. </w:t>
+        <w:t xml:space="preserve">One way to enrich the Lifelong Learning Institute experience is to develop courses with relevant Outings and Day Trips.  Over the years, our members have enjoyed many successful activities outside the classroom, thanks to the excellent research and outstanding advance planning by Day Trip/Outing Managers and their Assistants. We hope that you will find this Planning Kit useful </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> designing meaningful off-site experiences for our members. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0138612E" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF4C9CC" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="-5" w:right="625"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The planning kit answers three major questions. What are the responsibilities for facilitating a day trip or outing? How do I fill out the proposal form? What worksheets and forms do I use for a day trip or outing? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BEE77C5" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16758BB9" w14:textId="4AB048EE" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="16758BB9" w14:textId="0ED2CA68" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Additional help is available as you </w:t>
       </w:r>
       <w:r w:rsidR="00D67AE8">
         <w:t>are developing</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> a Day Trip/Outing proposal.  Please contact the Curriculum Council’s Day Trip/Outing Coordinator, Jerre Henriksen (630-947-3857). </w:t>
+        <w:t xml:space="preserve"> a Day Trip/Outing proposal.  Please contact the Curriculum Council’s Day Trip/Outing Coordinator, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A793E">
+        <w:t>Mary</w:t>
+      </w:r>
+      <w:r w:rsidR="00024D9F">
+        <w:t xml:space="preserve"> Hauge</w:t>
+      </w:r>
+      <w:r w:rsidR="002A793E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00D1728A" w:rsidRPr="00415061">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>maryehauge@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002A793E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F298D">
+        <w:t>or 630-556-3371.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367DF2CD" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18D87DF6" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="72" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446517E4" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="121" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
@@ -336,212 +371,272 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ensure the goals in your proposal align with the proposed activity. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C1851E4" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Think practical:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74DA269E" w14:textId="77777777" w:rsidR="00723043" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="1090" w:right="5606"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Are accessible restrooms available?   </w:t>
+        <w:t>Are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> accessible restrooms available?   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1185E898" w14:textId="77777777" w:rsidR="00723043" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="1090" w:right="5606"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Is there sufficient seating?   </w:t>
+        <w:t>Is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> there sufficient seating?   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7191F855" w14:textId="77777777" w:rsidR="00723043" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="1090" w:right="5606"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">How much walking is required?  </w:t>
+        <w:t>How</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> much walking is required?  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0A9050" w14:textId="5938C2B1" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="1090" w:right="5606"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Are stairs and/or an elevator available?  </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Are assisted hearing devices available? </w:t>
+        <w:t>Are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> assisted hearing devices available? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4F29E6" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">How much time will you spend at the main destination?  Are there additional nearby points of interest or stops that you might make? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A22116E" w14:textId="7E26DF3E" w:rsidR="00FA51AE" w:rsidRDefault="00723043" w:rsidP="004E52DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Will you need to plan for meals?  Do any travelers have special dietary needs? </w:t>
+        <w:t xml:space="preserve">Will you need to plan for meals?  Do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>any travelers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> have special dietary needs? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471BA90C" w14:textId="42DB9998" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="00A86F59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where will the motor coach drop travelers off?  Where will travelers be picked up?  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B31111F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Is there sufficient parking? If travelers will be driving to the motor coach pick-up point, where will they leave their personal vehicles?  Is it secure? </w:t>
+        <w:t xml:space="preserve">Is there sufficient parking? If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>travelers will be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>driving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to the motor coach pick-up point, where will they leave their personal vehicles?  Is it secure? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746A8AFB" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Are there maximum or minimum participants for your tour, your restaurants, or activity? </w:t>
+        <w:t xml:space="preserve">Are there maximum or minimum participants for your tour, your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>restaurants</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, or activity? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3662AC48" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">What are the payment requirements of any activities or meal arrangements? </w:t>
+        <w:t xml:space="preserve">What are the payment requirements </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> any activities or meal arrangements? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02780B9E" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">What is the anticipated activity level of the day? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52626E7C" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25356CD5" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
@@ -683,116 +778,122 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BED4527" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="42"/>
         <w:ind w:right="548" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Submit proposal and budget to the Curriculum Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>February 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for Summer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>May 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for Fall</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>September 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for Spring</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -851,105 +952,113 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="092A0A50" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="730" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">815-224-9276 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CDA5443" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">            815-224-9278 (f) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B78C0B5" w14:textId="318BA576" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="00F73713">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="730" w:right="0"/>
       </w:pPr>
-      <w:hyperlink r:id="rId7">
+      <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:color w:val="0563C1"/>
             <w:u w:val="single" w:color="0563C1"/>
           </w:rPr>
           <w:t>www.greenriverlines.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId8">
+      <w:hyperlink r:id="rId10">
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="14640EC7" w14:textId="77777777" w:rsidR="00F73713" w:rsidRDefault="00F73713" w:rsidP="00F73713">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="730" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1285DCF6" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="548" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Create a Planning Worksheet (use the sample Excel spreadsheet provided). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347A90ED" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="548" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ensure that Trip Release Forms are on file for all bus trips. These forms are mailed by the Registration team with postage-paid return envelopes to all who successfully register for the trip. Follow up on any missing forms. Collect originals of all release forms and provide copies of forms to the LLI/WCC Liaison. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D16997B" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="548" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Trip Manager/Assistant Trip Managers have the authority to accept any eligible free benefits (e.g., bus seat, meals, admissions, room) related to the trip offered by vendors in accordance with their guideline </w:t>
+        <w:t xml:space="preserve">Trip Manager/Assistant Trip Managers have the authority to accept any eligible free benefits (e.g., bus seat, meals, admissions, room) related to the trip offered by vendors in accordance with their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>guideline</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470AE52A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F1C4023" w14:textId="77777777" w:rsidR="00A86F59" w:rsidRDefault="00A86F59">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="126F0C50" w14:textId="77777777" w:rsidR="00E4506F" w:rsidRPr="00E4506F" w:rsidRDefault="00E4506F" w:rsidP="00E4506F"/>
     <w:p w14:paraId="0806622A" w14:textId="3B5C6955" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
@@ -972,302 +1081,374 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644E33E6" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="352" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Verify dates and times with sites. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2729E2E3" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Confirm the quote with your transportation company as soon as the Outing/One Day Trip is approved and determined to be feasible. Meeting payment requirements will have to be met for both the company providing the services and Waubonsee Community College who is the payee.   </w:t>
+        <w:t xml:space="preserve">Confirm the quote with your transportation company as soon as the Outing/One Day Trip is approved and determined to be feasible. Meeting payment requirements will have to be met </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> both the company providing the services and Waubonsee Community </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>College</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> who is the payee.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF1DA43" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Send participants detailed information of the trip in advance using communication options available. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="354EEDDE" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+        <w:t xml:space="preserve">Send participants detailed information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the trip in advance using communication options available. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354EEDDE" w14:textId="75708CE9" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Send complete itinerary with addresses and estimated times for all stops to the motor coach company, the Curriculum Council’s Day Trip/Outing Coordinator, Jerre Henriksen, and the Assistant Day Trip Manager. </w:t>
+        <w:t xml:space="preserve">Send complete itinerary with addresses and estimated times for all stops to the motor coach company, the Curriculum Council’s Day Trip/Outing Coordinator, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D233F">
+        <w:t>Mary Hauge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and the Assistant Day Trip Manager. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="300839F6" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:right="352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Remind Day Trip/Outing participants to bring their LLI name badges with emergency contact information completed on the reverse of the badge. </w:t>
+        <w:t xml:space="preserve">Remind Day Trip/Outing participants </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to bring</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> their LLI name badges with emergency contact information completed on the reverse of the badge. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A463D0" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B960D69" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368D4FBC" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Day of the Day Trip/Outing Tasks </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6638A9EC" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DBBFA4" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="26DBBFA4" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004A0A84">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="1080" w:right="193" w:hanging="360"/>
+        <w:ind w:left="720" w:right="193" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Arrive at the motor coach departure site or the outing site 30 minutes before scheduled start time. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5753C88C" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="5753C88C" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004A0A84">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="1080" w:right="193" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4441981F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+        <w:ind w:left="720" w:right="193" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hand: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4441981F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="0011705F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Attendance form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2375C15E" w14:textId="72A9ECBF" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="3F90F572" w14:textId="3ED4F5A0" w:rsidR="00723043" w:rsidRDefault="00723043" w:rsidP="0011705F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
-[...19 lines deleted...]
-      </w:r>
+        <w:ind w:left="1080" w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Extra nametags for anyone who forgot one. (can be obtained in advance from CC Day Trip/Outing Coordinator)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AF66E1" w14:textId="318EAF20" w:rsidR="00723043" w:rsidRDefault="00723043" w:rsidP="0011705F">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="1164" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
-        <w:t>Statement of Acceptance of Personal Responsibility forms in case anyone voluntarily</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="1080" w:right="1164" w:firstLine="0"/>
+        <w:t>Statement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of Acceptance of Personal Responsibility forms in case anyone voluntarily</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E325A65" w14:textId="49E137DD" w:rsidR="00723043" w:rsidRDefault="00723043" w:rsidP="0011705F">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="1164" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">      leaves the activity before it officially ends       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A38C9D2" w14:textId="6028FFEF" w:rsidR="00723043" w:rsidRDefault="00723043" w:rsidP="00723043">
-[...1 lines deleted...]
-        <w:ind w:left="1080" w:right="1164" w:firstLine="0"/>
+    <w:p w14:paraId="0A38C9D2" w14:textId="6028FFEF" w:rsidR="00723043" w:rsidRDefault="00723043" w:rsidP="0011705F">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="1164" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Accident/Health Incident forms </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="1080" w:right="1164" w:firstLine="0"/>
+        <w:t>Accident</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/Health Incident forms </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77880065" w14:textId="1FEF6E2F" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="0011705F">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="1164" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+        <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Trip Release Information from Registration </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="37842D4F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+        <w:t>Trip</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Release Information from Registration </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37842D4F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004A0A84">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="1080" w:right="193" w:hanging="360"/>
+        <w:ind w:left="720" w:right="193" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Checks that need to be disbursed to vendors.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CB0B09" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="64CB0B09" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004A0A84">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="1080" w:right="193" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5C734237" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+        <w:ind w:left="720" w:right="193" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Check </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> attendees as they arrive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C734237" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004A0A84">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="1080" w:right="193" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4CC0320A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+        <w:ind w:left="720" w:right="193" w:hanging="360"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>If using</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a motor coach, obtain the motor coach driver’s name and exchange cell phone numbers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC0320A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004A0A84">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:left="1080" w:right="193" w:hanging="360"/>
+        <w:ind w:left="720" w:right="193" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bring (optional) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">cooler with ice and water </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
@@ -1312,102 +1493,113 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In an emergency </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761E5BE3" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B819D1" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="05B819D1" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004757B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="360"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Call 911 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C30E44" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="02C30E44" w14:textId="59BFC50D" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004757B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="360"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Call WCC/LLI Liaison, </w:t>
+      </w:r>
+      <w:r w:rsidR="0096655C">
+        <w:t xml:space="preserve">Jessica Guglielmi, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="0096655C" w:rsidRPr="00E01BF5">
+          <w:t>jguglielmi@waubonsee.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0096655C">
+        <w:t xml:space="preserve"> or 630-4662941</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to apprise them of the situation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01BF5">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1007080B" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="1007080B" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004757B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="360"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Call the emergency contact from the member’s nametag or release form. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CC5075" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="78CC5075" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="004757B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="360"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Accompany the individual to the hospital if treatment is needed. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51378DC4" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -1447,98 +1639,114 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DA49CB" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="757" w:right="310" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Turn in attendance and evaluation forms to the Curriculum Council Day Trip/Outing Coordinator. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4DEF99" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="232" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EEDAE59" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="260" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>How do I fill out the proposal form</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">?  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F469082" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">General Instructions for the Form </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41228E96" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="291"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Day Trip / Outing fillable form is a proposal document for a day trip or outing at The Lifelong Learning Institute (LLI). It includes essential information. The proposal form includes suggested activity levels for participants, ranging from easy going to let's go. </w:t>
+        <w:t xml:space="preserve">The Day Trip / Outing fillable form is a proposal document for a day trip or outing at The Lifelong Learning Institute (LLI). It includes essential information. The proposal form includes suggested activity levels for participants, ranging from </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>easy going</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>let's go</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C4F5A5" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It provides details on transportation, including descriptions and costs. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50109D06" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The form also includes information on costs for snacks, water, admission fees, parking, donations, tour guide, driver gratuity, promotion materials, breakfast, lunch, dinner, and other costs. </w:t>
       </w:r>
@@ -1590,60 +1798,60 @@
       <w:r>
         <w:t xml:space="preserve">Use of the free Adobe Acrobat Reader on a personal computer (PC) is highly recommended to complete the form.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD951DF" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="189"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you do not have Adobe Acrobat Reader on your computer, follow these steps: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0526A0C5" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Click on: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9">
+      <w:hyperlink r:id="rId12">
         <w:r>
           <w:rPr>
             <w:color w:val="0563C1"/>
             <w:u w:val="single" w:color="0563C1"/>
           </w:rPr>
           <w:t>Download Adobe Acrobat Reader: Free PDF viewer</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId13">
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F2675B" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="12"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>On the web page that appears uncheck the box labeled “I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t>nstall McAfee Security Scan Plus” on the lower center of the screen, then,</w:t>
@@ -1712,60 +1920,92 @@
     <w:p w14:paraId="4DE31D28" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="12"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t xml:space="preserve">During the installation process you should be asked if you want Acrobat Reader set as the default for PDF files – yes you do. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CE26352" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="167"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The form can be reused as often as necessary. You can partially complete the form, save it to your computer and complete it at a later date. Be aware that if a form is printed using the Windows “Microsoft Print to PDF” printer the form no longer will be fillable even though it remains a PDF file / document - the form becomes static, and the data that was entered is shown as text labels </w:t>
+        <w:t xml:space="preserve">The form can be reused as often as necessary. You can partially complete the form, save it to your computer and complete it </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>at a later date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Be aware that if a form is printed using the Windows “Microsoft Print to PDF” printer the form no longer will be fillable even though it remains a PDF file / document - the form becomes static, and the data that was entered is shown as text labels </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340907D2" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="169"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If you are not able to complete the form using the fillable filed functionality you can print the form from any application that supports opening PDF files and hand write the data. </w:t>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are not able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> complete the form using the fillable filed functionality you can print the form from any application that supports opening PDF files and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>hand</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>write</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the data. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597DE49F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="340"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A breakeven cost is calculated automatically in the form – the goal of which is to make LLI whole after incurring the CourseStorm charges. In the process of approving an event the Curriculum Council can apply subjective judgment to the calculated breakeven cost to determine the price an attendee pays at registration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB87FBA" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">General Instructions for Fields </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A08E5DA" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="168"/>
         <w:ind w:left="-5" w:right="0"/>
@@ -1776,130 +2016,152 @@
     </w:p>
     <w:p w14:paraId="0266A987" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="169"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each field has a Tool Tip that provides guidance on the appropriate data to enter a field. Tool Tips are viewed by hovering the mouse over the field before clicking the cursor into the field. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37823E8A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="166"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Calculated fields have a background of green and are read-only – you cannot enter data into these fields. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AA60B34" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="340"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Fields that have a red border are mandatory and must have entries before the form can be saved.. </w:t>
+        <w:t xml:space="preserve">Fields that have a red border are mandatory and must have entries before the form can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>saved..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0896EA" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Field by Field Instructions </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="379284B9" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Title </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFA6E79" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="0AFA6E79" w14:textId="118A0292" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="169"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">A description of the Event in (75) characters or less. This will be the Title of the Event that is entered into CourseStorm. </w:t>
+        <w:t xml:space="preserve">A description of the Event. This will be the Title of the Event that is entered into CourseStorm. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446CD373" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Description </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF8C529" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="7876C3AE" w14:textId="77777777" w:rsidR="00D35EFA" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="104" w:line="326" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">A detailed description of the Event in approximately (75) words or less. This will be the Description of the Event that is entered into CourseStorm. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">A detailed description of the Event. This will be the Description of the Event that is entered into CourseStorm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF8C529" w14:textId="73A0BCC5" w:rsidR="00BF53BC" w:rsidRDefault="00723043" w:rsidP="00D35EFA">
+      <w:pPr>
+        <w:spacing w:after="104" w:line="326" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Activity Level </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB07C53" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Select one of the four Activity Levels from the dropdown list. Select the arrow on the right side of the box to display the four choices – use the left button on your mouse to select your choice. Only one choice can be selected.  </w:t>
+        <w:t xml:space="preserve">Select one of the four Activity Levels from the dropdown list. Select the arrow on the right side of the box to display the four choices – use the left button on your mouse to select your choice. Only one choice can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>selected</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C9E7276" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="163"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There are descriptions of the four choices on the form to help you decide the best choice to make. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159A11E1" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Facilitator’s Information (both Facilitator and Co-Facilitator) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52ACA5B3" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
@@ -2024,51 +2286,67 @@
         <w:t>Semester</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – select one of the three radio buttons as appropriate. Semesters are mutually exclusive so only one button can be selected. This field is mandatory to complete the form. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E375EDE" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Minimum number of Attendees</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – This field is used in the break-even cost calculations and therefore is mandatory. It defaults to “1” and only numbers can be entered; a “0” cannot be entered. After all costs </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">are entered you can model what-if scenarios of the impact to the break-even cost of various number of attendees. </w:t>
+        <w:t xml:space="preserve">are entered you can model what-if scenarios of the impact </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the break-even cost of various </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of attendees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3F3D98" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Maximum number of Attendees</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – This field is mandatory and only numbers can be entered. There is no check that the number entered is greater than the Minimum Number of Attendees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2ACCFC" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
@@ -2360,65 +2638,98 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD70A6A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="119"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LLI Day Trip/Outing Budget Planning Sheet </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B7653E" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>NOTE:  THIS FORM IS PROVIDED FOR PLANNING PURPOSES. P</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>NOTE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>:  THIS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FORM IS PROVIDED FOR PLANNING PURPOSES. P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">lease contact the LLI One Day/Trip </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B3C21C" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="11B3C21C" w14:textId="5AF114AC" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Coordinator, Jerre Henriksen/630-947-3857) for additional information.</w:t>
+        <w:t xml:space="preserve">Coordinator, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF24FF">
+        <w:t xml:space="preserve">Mary Hauge </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00FF24FF" w:rsidRPr="00415061">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>maryehauge@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FF24FF">
+        <w:t xml:space="preserve"> or 630-556-3371</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382A63B2" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="68" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="40" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3F6DFE" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3601"/>
@@ -2448,71 +2759,86 @@
         <w:spacing w:after="129"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Outing/One Day Trip Assistant: </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">____________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A5B4CA" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3601"/>
           <w:tab w:val="center" w:pos="6481"/>
         </w:tabs>
         <w:spacing w:after="131"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Outing/One Day Trip Destination: </w:t>
+        <w:t>Outing/One Day Trip Destination</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:t xml:space="preserve">____________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45159D26" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6450"/>
         </w:tabs>
         <w:spacing w:after="58"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Minimum number of participants:  _____ </w:t>
+        <w:t>Minimum number of participants</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">       Maximum number of participants: ____ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693A86A1" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054BC7CD" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="70" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3158,85 +3484,107 @@
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(A) </w:t>
+        <w:t>(A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>___________________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>__________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C1C4C9" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="309" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A703B9" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>STEP TWO:  Calculate Variable Costs Per Participant</w:t>
+        <w:t>STEP TWO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:  Calculate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Variable Costs Per Participant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10142" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="3" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4052"/>
         <w:gridCol w:w="989"/>
         <w:gridCol w:w="5101"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF53BC" w14:paraId="506E94CE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
@@ -5115,65 +5463,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F41FFF1" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5678766E" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
+    <w:p w14:paraId="5678766E" w14:textId="6877929A" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>*To arrange payment of expenses incurred for your outing or day trip, please consult the Curriculum Council’s Day Trip/Outing Coordinator, Jerre Henriksen (</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">   or 630-947-3857. </w:t>
+        <w:t xml:space="preserve">*To arrange payment of expenses incurred for your outing or day trip, please consult the Curriculum Council’s Day Trip/Outing Coordinator, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2746">
+        <w:t xml:space="preserve">Mary Hauge </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="007F2746" w:rsidRPr="00415061">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>maryehauge@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F2746">
+        <w:t xml:space="preserve"> or 630-556-3371</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6664354C" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="110" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D5D8E8F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -5182,86 +5538,109 @@
     </w:p>
     <w:p w14:paraId="7932D7A4" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="90" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E87AAA9" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="center" w:pos="2880"/>
           <w:tab w:val="center" w:pos="5141"/>
         </w:tabs>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">LLI Outing _____ </w:t>
+        <w:t>LLI Outing ____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">LLI One Day Trip (Bus)______ </w:t>
+        <w:t>LLI</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> One Day Trip (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Bus)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">_____ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25AAE771" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287DAFEC" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6001"/>
         </w:tabs>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Day Trip/Outing Date  </w:t>
+        <w:t xml:space="preserve">Day Trip/Outing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">Date  </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:t xml:space="preserve">____________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D2AA5A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44DE32AF" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6000"/>
         </w:tabs>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Name of Day Trip/Outing </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">____________________________________________________ </w:t>
@@ -5308,55 +5687,63 @@
         <w:t xml:space="preserve">Please answer “yes” or “no” to the following: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62847E2F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="70" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE9B39C" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="59"/>
         <w:ind w:right="0" w:hanging="300"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">_______ </w:t>
+        <w:t>______</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Were your expectations met?  </w:t>
+        <w:t>Were</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> your expectations met?  </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="139C15AE" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
@@ -5396,55 +5783,63 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="59"/>
         <w:ind w:right="0" w:hanging="300"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">_______ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Did the catalog accurately describe the Outing/ Day Trip? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64FE948A" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="59"/>
         <w:ind w:right="0" w:hanging="300"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">_______ </w:t>
+        <w:t>______</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Did the Day Trip/Outing enhance or increase your knowledge? </w:t>
+        <w:t>Did</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Day Trip/Outing enhance or increase your knowledge? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159558CA" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D7BEB04" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">What was your favorite part of the Day Trip/Outing? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F3C3AF" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="82"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
@@ -5987,51 +6382,59 @@
       <w:pPr>
         <w:spacing w:after="158" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="277F9DB9" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="53"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>If no one was transported to a hospital, describe how the incident was handled: __________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D286B1" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="201" w:line="256" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-15" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">__________________________________________________________________________________________ __________________________________________________________________________________________ __________________________________________________________________________________________ </w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve"> __________________________________________________________________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">__________________________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58860EE3" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="168"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Follow-up: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F60B75" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="51"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F225E0B" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="47"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
@@ -6063,66 +6466,73 @@
           <w:tab w:val="right" w:pos="10802"/>
         </w:tabs>
         <w:spacing w:after="175"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If Applicable, Name of Motor Coach Company: </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EB2B4F" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1440"/>
           <w:tab w:val="center" w:pos="2160"/>
           <w:tab w:val="center" w:pos="2880"/>
           <w:tab w:val="center" w:pos="6481"/>
         </w:tabs>
         <w:spacing w:after="175"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Driver:  </w:t>
+        <w:t>Driver</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:t xml:space="preserve">________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE93397" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3601"/>
           <w:tab w:val="center" w:pos="4321"/>
           <w:tab w:val="right" w:pos="10802"/>
         </w:tabs>
         <w:spacing w:after="184"/>
         <w:ind w:left="-15" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LLI Day Trip/Outing Manager: </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -6135,50 +6545,76 @@
         <w:spacing w:after="168"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Day Trip/Outing Manager’s phone number: ________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="211A9903" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="158" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="146CBDAB" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="168"/>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THIS FORM SHOULD BE COMPLETED AND RETURNED TO THE WCC/LLI COMMUNITY EDUCATION LIAISON WITHIN 24 HOURS OF THE INCIDENT, OR AS SOON AS POSSIBLE.  COPY THE MOTOR COACH COMPANY WITH 48 HOURS OF THE INCIDENT, OR AS SOON AS POSSIBLE. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="0C699285" w14:textId="70208656" w:rsidR="00C9422D" w:rsidRDefault="00C9422D">
+      <w:pPr>
+        <w:spacing w:after="168"/>
+        <w:ind w:left="-5" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">WCC/LLI </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6541">
+        <w:t>Liaison – Jessica Gug</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD24C9">
+        <w:t xml:space="preserve">lielmi, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00B045F6" w:rsidRPr="00415061">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>jguglielmi@waubonsee.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B045F6">
+        <w:t xml:space="preserve"> or 630-4662941,</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2AB4F7BA" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="165" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -6286,102 +6722,116 @@
     </w:p>
     <w:p w14:paraId="594980E5" w14:textId="77777777" w:rsidR="002277DA" w:rsidRDefault="002277DA">
       <w:pPr>
         <w:spacing w:after="277" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="596947D8" w14:textId="77777777" w:rsidR="002277DA" w:rsidRDefault="002277DA">
       <w:pPr>
         <w:spacing w:after="277" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19FD5BF0" w14:textId="77777777" w:rsidR="002277DA" w:rsidRDefault="002277DA">
       <w:pPr>
         <w:spacing w:after="277" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13DC1CCD" w14:textId="36F617D7" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="277" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E49B0AC" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="7"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">LLI Statement:  Acceptance of Personal Responsibility </w:t>
+        <w:t>LLI Statement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>:  Acceptance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Personal Responsibility </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C0BAC45" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="60" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16DCC197" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:ind w:left="-5" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This form must be completed by anyone voluntarily choosing to leave an LLI-sponsored Day Trip/Outing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFB6E56" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
@@ -6700,92 +7150,92 @@
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56554E86" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B2468B" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BF53BC" w:rsidSect="00A86F59">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="719" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="092508FA" w14:textId="77777777" w:rsidR="00993548" w:rsidRDefault="00993548">
+    <w:p w14:paraId="43FF8AE4" w14:textId="77777777" w:rsidR="008A73B2" w:rsidRDefault="008A73B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69C85374" w14:textId="77777777" w:rsidR="00993548" w:rsidRDefault="00993548">
+    <w:p w14:paraId="7572A128" w14:textId="77777777" w:rsidR="008A73B2" w:rsidRDefault="008A73B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -6793,51 +7243,51 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A2E078E" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6848,51 +7298,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="62E49D23" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34E305C3" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6903,51 +7353,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0460D872" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="758EBAE3" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6958,106 +7408,106 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FA49F94" w14:textId="77777777" w:rsidR="00BF53BC" w:rsidRDefault="00723043">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A447D7F" w14:textId="77777777" w:rsidR="00993548" w:rsidRDefault="00993548">
+    <w:p w14:paraId="45F8F261" w14:textId="77777777" w:rsidR="008A73B2" w:rsidRDefault="008A73B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6498265A" w14:textId="77777777" w:rsidR="00993548" w:rsidRDefault="00993548">
+    <w:p w14:paraId="4CD7D551" w14:textId="77777777" w:rsidR="008A73B2" w:rsidRDefault="008A73B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B4AB1EE" w14:textId="77777777" w:rsidR="00A553AE" w:rsidRDefault="00A553AE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71FE18FE" w14:textId="77777777" w:rsidR="00A553AE" w:rsidRDefault="00A553AE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="113662CB" w14:textId="77777777" w:rsidR="00A553AE" w:rsidRDefault="00A553AE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00E73A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C340D58"/>
     <w:lvl w:ilvl="0" w:tplc="2940F45A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -10459,128 +10909,158 @@
   <w:num w:numId="10" w16cid:durableId="631061663">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1011563466">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1933052377">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1017851424">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="173492737">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="830028406">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1833909696">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF53BC"/>
+    <w:rsid w:val="00024D9F"/>
+    <w:rsid w:val="000D233F"/>
+    <w:rsid w:val="0011705F"/>
     <w:rsid w:val="002277DA"/>
     <w:rsid w:val="00263495"/>
+    <w:rsid w:val="002A20F5"/>
     <w:rsid w:val="002A73FB"/>
+    <w:rsid w:val="002A793E"/>
+    <w:rsid w:val="00347553"/>
+    <w:rsid w:val="00351275"/>
     <w:rsid w:val="0042695A"/>
+    <w:rsid w:val="004757B7"/>
+    <w:rsid w:val="004A0A84"/>
     <w:rsid w:val="004C79C8"/>
     <w:rsid w:val="004E52DD"/>
     <w:rsid w:val="0062741A"/>
+    <w:rsid w:val="00690FB5"/>
+    <w:rsid w:val="006F088D"/>
     <w:rsid w:val="00723043"/>
+    <w:rsid w:val="007F2746"/>
     <w:rsid w:val="00831220"/>
+    <w:rsid w:val="008A73B2"/>
+    <w:rsid w:val="008E5B25"/>
+    <w:rsid w:val="0096655C"/>
     <w:rsid w:val="00993548"/>
+    <w:rsid w:val="009F298D"/>
     <w:rsid w:val="009F7189"/>
     <w:rsid w:val="00A553AE"/>
     <w:rsid w:val="00A86F59"/>
+    <w:rsid w:val="00B045F6"/>
+    <w:rsid w:val="00B20872"/>
     <w:rsid w:val="00BD09A0"/>
     <w:rsid w:val="00BF53BC"/>
+    <w:rsid w:val="00C9422D"/>
     <w:rsid w:val="00CA2B0C"/>
+    <w:rsid w:val="00D1728A"/>
+    <w:rsid w:val="00D31519"/>
+    <w:rsid w:val="00D35EFA"/>
     <w:rsid w:val="00D67AE8"/>
+    <w:rsid w:val="00E01BF5"/>
     <w:rsid w:val="00E04154"/>
     <w:rsid w:val="00E408C0"/>
     <w:rsid w:val="00E4506F"/>
+    <w:rsid w:val="00E91953"/>
+    <w:rsid w:val="00EA6541"/>
     <w:rsid w:val="00EC7AFF"/>
+    <w:rsid w:val="00F059DC"/>
+    <w:rsid w:val="00F11B04"/>
     <w:rsid w:val="00F67E72"/>
     <w:rsid w:val="00F73713"/>
     <w:rsid w:val="00FA51AE"/>
+    <w:rsid w:val="00FD24C9"/>
+    <w:rsid w:val="00FF24FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4AD54482"/>
   <w15:docId w15:val="{B7654960-CE71-482E-911D-3F3470DD7864}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11138,59 +11618,94 @@
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A553AE"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A793E"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A793E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00024D9F"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greenriverlines.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greenriverlines.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://get.adobe.com/reader/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://get.adobe.com/reader/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maryehauge@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://get.adobe.com/reader/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://get.adobe.com/reader/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jguglielmi@waubonsee.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jguglielmi@waubonsee.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maryehauge@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greenriverlines.com/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greenriverlines.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maryehauge@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -11444,58 +11959,89 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0F0B1CD-0FA6-4165-8729-4F4D44710D94}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3557</Words>
-  <Characters>20278</Characters>
+  <Words>3601</Words>
+  <Characters>20527</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>168</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23788</CharactersWithSpaces>
+  <CharactersWithSpaces>24080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karen Christensen</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>